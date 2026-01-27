--- v0 (2025-10-14)
+++ v1 (2026-01-27)
@@ -1,1182 +1,1278 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29225"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr codeName="DieseArbeitsmappe" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://healthcommunity.sharepoint.com/sites/00532/Freigegebene Dokumente/General/Organisation/Schockraum/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://healthcommunity-my.sharepoint.com/personal/alex_donas_luks_ch/Documents/WIKI/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{582B1EAC-8B5F-4EA6-A24D-D08189F49620}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5255B8B8-AF6C-410D-97AF-0E37854816FE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="51840" windowHeight="21240" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17640" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="KG individuell" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'KG individuell'!$A$1:$M$49</definedName>
-    <definedName name="Z_207C4822_7E67_4717_BB38_0841F76A516E_.wvu.PrintArea" localSheetId="0" hidden="1">'KG individuell'!$A$1:$M$49</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'KG individuell'!$A$1:$M$50</definedName>
+    <definedName name="Z_207C4822_7E67_4717_BB38_0841F76A516E_.wvu.PrintArea" localSheetId="0" hidden="1">'KG individuell'!$A$1:$M$50</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <customWorkbookViews>
     <customWorkbookView name="simmale - Persönliche Ansicht" guid="{207C4822-7E67-4717-BB38-0841F76A516E}" mergeInterval="0" personalView="1" maximized="1" windowWidth="1916" windowHeight="975" activeSheetId="1"/>
   </customWorkbookViews>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D24" i="1" l="1"/>
-[...1 lines deleted...]
-  <c r="D17" i="1"/>
+  <c r="D11" i="1" l="1"/>
+  <c r="H11" i="1"/>
+  <c r="D25" i="1"/>
+  <c r="H18" i="1"/>
+  <c r="D18" i="1"/>
+  <c r="H25" i="1"/>
+  <c r="D34" i="1"/>
+  <c r="H34" i="1"/>
+  <c r="D24" i="1"/>
   <c r="H24" i="1"/>
-  <c r="D33" i="1"/>
-[...5 lines deleted...]
-  <c r="H20" i="1"/>
+  <c r="H30" i="1"/>
+  <c r="D30" i="1"/>
+  <c r="H21" i="1"/>
   <c r="H7" i="1"/>
-  <c r="D14" i="1" l="1"/>
-  <c r="H14" i="1"/>
+  <c r="D15" i="1" l="1"/>
+  <c r="H15" i="1"/>
   <c r="H10" i="1"/>
   <c r="H8" i="1"/>
   <c r="D8" i="1"/>
   <c r="D7" i="1"/>
-  <c r="H26" i="1" l="1"/>
-[...2 lines deleted...]
-  <c r="D27" i="1" l="1"/>
+  <c r="H27" i="1" l="1"/>
+  <c r="D28" i="1" l="1"/>
+  <c r="D27" i="1"/>
   <c r="D26" i="1"/>
-  <c r="D25" i="1"/>
-  <c r="D13" i="1"/>
+  <c r="D14" i="1"/>
   <c r="D10" i="1"/>
-  <c r="H28" i="1" l="1"/>
-[...4 lines deleted...]
-  <c r="H35" i="1" l="1"/>
+  <c r="H29" i="1" l="1"/>
+  <c r="H28" i="1"/>
+  <c r="D16" i="1" l="1"/>
+  <c r="H14" i="1"/>
+  <c r="H17" i="1" l="1"/>
+  <c r="H36" i="1" l="1"/>
+  <c r="D36" i="1"/>
+  <c r="H35" i="1"/>
   <c r="D35" i="1"/>
-  <c r="H34" i="1"/>
-[...6 lines deleted...]
-  <c r="H15" i="1"/>
+  <c r="H33" i="1"/>
+  <c r="D33" i="1"/>
+  <c r="D29" i="1"/>
+  <c r="H26" i="1"/>
+  <c r="H20" i="1"/>
+  <c r="H16" i="1"/>
   <c r="H9" i="1"/>
   <c r="D9" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="176" uniqueCount="79">
   <si>
     <t>kg</t>
   </si>
   <si>
     <t>Kinder- und Jugendnotfallzentrum KJNO</t>
   </si>
   <si>
+    <t>ED/kg</t>
+  </si>
+  <si>
+    <t>ED absolut</t>
+  </si>
+  <si>
+    <t>ED in ml/kg</t>
+  </si>
+  <si>
+    <t>ED absolut in ml</t>
+  </si>
+  <si>
+    <t>Direkt iv</t>
+  </si>
+  <si>
+    <t>KJ</t>
+  </si>
+  <si>
+    <t>Bemerkungen</t>
+  </si>
+  <si>
+    <t>mg/kg</t>
+  </si>
+  <si>
+    <t>mg</t>
+  </si>
+  <si>
+    <t>ml/kg</t>
+  </si>
+  <si>
+    <t>ml</t>
+  </si>
+  <si>
+    <t>X</t>
+  </si>
+  <si>
+    <t>µg/kg</t>
+  </si>
+  <si>
+    <t>µg</t>
+  </si>
+  <si>
+    <t>direkt iv, wiederholen alle 3-5 Minuten</t>
+  </si>
+  <si>
+    <t>Amiodaron 50mg/ml</t>
+  </si>
+  <si>
+    <t>direkt iv  über 3-5 min, ggf.wiederholen</t>
+  </si>
+  <si>
+    <t>Atropin 500µg/ml</t>
+  </si>
+  <si>
+    <t>direkt iv, Maximum 1000 µg (=2 ml)</t>
+  </si>
+  <si>
+    <t>Clemastin (Tavegyl®) 2mg/2ml</t>
+  </si>
+  <si>
+    <t>direkt iv, Maximum 2 mg (=2 ml)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Na-Bicarbonat 8.4% (1 mmol/ml) </t>
+  </si>
+  <si>
+    <t>mmol/kg</t>
+  </si>
+  <si>
+    <t>mmol</t>
+  </si>
+  <si>
+    <t>Kurzinfusion über 10 Min.</t>
+  </si>
+  <si>
+    <t>HYPOGLYKÄMIE: Glukose 10% (0.1 g/ml)</t>
+  </si>
+  <si>
+    <t>direkt iv</t>
+  </si>
+  <si>
+    <t>HYPOVOLÄMIE: Ringerfundin</t>
+  </si>
+  <si>
+    <t>Tranexamsäure (Tranexamic OrPha®) 500mg/ml</t>
+  </si>
+  <si>
+    <t>ml/mg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">über 5 min., kann auch p,os verabreicht werden </t>
+  </si>
+  <si>
+    <t>Defibrillation</t>
+  </si>
+  <si>
+    <t>J/kg</t>
+  </si>
+  <si>
+    <t>J</t>
+  </si>
+  <si>
+    <t>Cardioversion</t>
+  </si>
+  <si>
+    <t>Analgesie/ Sedierung - Antagonisation</t>
+  </si>
+  <si>
+    <t>Max ED 50 µg = 1 ml</t>
+  </si>
+  <si>
+    <t>max ED 2.5 mg, max kumulative Dosis 10 mg</t>
+  </si>
+  <si>
+    <t>Max ED 1.5 mg, nach 10 Minuten ev wiederholen</t>
+  </si>
+  <si>
+    <t>gegenfalls wiederholen; Max Tagesdosis 1000 µg = 10 ml</t>
+  </si>
+  <si>
+    <t>Antikonvulsiva</t>
+  </si>
+  <si>
+    <t>direkt langsam iv</t>
+  </si>
+  <si>
+    <t>direkt iv, ggf. nach 7-10 Minuten Wiederholung</t>
+  </si>
+  <si>
+    <t>Quellen:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  - Clinical practical guidelines, Royal Childrens hospital, Melbourne</t>
+  </si>
+  <si>
+    <t>(http://www.rch.org.au/clinicalguide/guideline_index/Emergency_Drug_Doses/)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  - Bonafide CP et al, Development of heart and respiratory ratepercentile curves for hospitalized children. Pediatrics,131 (4), e1150-e1157)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> -  PALS 2010    </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> -  Tabelle Notfallmedikamente Kinderintensivstation Tübingen</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> -  Wheless et al, Rapid infusion of a loading dose of iv levetiracetam.. J of Child Neurology. 2009; 24;946-951</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  - F. Shann: drug doses 2014</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> - i dose Calc</t>
+  </si>
+  <si>
+    <t>Calciumgluconat 10% (10 ml = 2,25mmol/ Ca++)</t>
+  </si>
+  <si>
+    <t>Dosis 1:10 verdünnen für die Verabreichung, direkt iv über 5Min.</t>
+  </si>
+  <si>
+    <t>4.Version 07/25, ersetzt Version 08/25    ML, IB, AC                          19.12.2025</t>
+  </si>
+  <si>
+    <r>
+      <t>Adenosin (Krenosin®) 6mg/2ml (3mg/ml)</t>
+    </r>
     <r>
       <rPr>
         <b/>
-        <sz val="20"/>
+        <sz val="28"/>
+        <color rgb="FFFFFF00"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>verdünnt</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> (6mg(2ml) + 4ml NaCl 0.9%) gibt 1mg/ml Lösung</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Adrenalin 1:10000 = </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>verdünnt</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <color rgb="FFFFFF00"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1mg/ml + 9 ml NaCl 0.9%) gibt 0.1mg/ml Lösung (Neo-Set)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="26"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
+      <t>10µg/kg weise nach Wirkung titrieren,</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="26"/>
+        <color rgb="FFFFFFFF"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="26"/>
+        <color rgb="FFFFFF00"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Achtung Rebound!</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="26"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Naloxon Spritze bleibt 6h beim Patient am Bett</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Fentanyl</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="28"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> (100 µg/2ml)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Ketamin 25mg/ml </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Verdünnung:</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>1ml (25mg)+9ml NaCl 0.9%) gibt 2.5mg/ml Lösung</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Midazolam</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="28"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> (Dormicum®) 1mg/ml (Sedierung)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Morphin</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="28"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 10mg/ml  </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Verdünnung</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="28"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>:1ml (10mg) + 9 ml NaCl 0.9%)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> gibt 1mg/1ml Lösung</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Flumazenil (Anexate®) </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="28"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>100 µg/ml</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Naloxon (Narcan®) 1ml/0.4mg  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="28"/>
+        <color rgb="FFFFFF00"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Verdünnung</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="28"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>1ml (0.4mg) + 9ml NaCl 0.9%</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>) gibt 0.04mg/ml Lösung (40µg/ml)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Clonazepam (Rivotril®) </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Verdünnung</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> (1mg/ml+1ml NaCl 0.9%) gibt 0.5mg/ml Lösung</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Levetiracetam (Keppra®) </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>PUR</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="28"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(500 mg/5 ml)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> = 100mg/ml</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Kurzinfusion über 15 Min,</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="28"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">  </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">bis 25KG auf 10ml NaCl 0.9% verdünnen </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">, ab 25KG Menge als KJ über 15 Minuten </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Luminal 20% </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Verdünnung</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> (200mg/1ml+ 9 ml NaCl 0.9%) gibt 20mg/ml Lösung</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Valproat (Orfiril®) </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">PUR </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>300mg/3ml =100mg/ml</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Kurzinfusion in 50ml NaCl 0.9%</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="28"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> über 10 Minuten</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="28"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
       <t xml:space="preserve">Notfallmedikamente </t>
     </r>
     <r>
       <rPr>
         <b/>
-        <sz val="20"/>
+        <sz val="28"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>intravenös</t>
     </r>
   </si>
   <si>
-    <t>ED/kg</t>
-[...21 lines deleted...]
-      <t>Adenosin (Krenosin®) 6mg/2ml (3mg/ml)</t>
+    <r>
+      <t>1.Dosis: 0.1mg/kg, steigern um 0.1mg/kg alle 2 Min,</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="24"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
-        <sz val="16"/>
-        <color rgb="FFFFFF00"/>
+        <sz val="24"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Bolus Flush und sofort mit 20ml NaCl 0.9%</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="24"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> spülen</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="24"/>
+        <color theme="0"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>,</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="24"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1.Max 6mg ED, 2.max ED 12mg)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Evt. Wiederholen nach 10 Min., </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="24"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Maximum 2000 mg bei Hypoglykämie,</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="24"/>
+        <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
-        <sz val="16"/>
+        <sz val="24"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>verdünnt</t>
-    </r>
+      <t>3000mg bei REA</t>
+    </r>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
-        <sz val="16"/>
-[...27 lines deleted...]
-        <sz val="16"/>
+        <sz val="26"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
+      <t xml:space="preserve">Bolus direkt aus der Hand! </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="26"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>10-20ml/kg (ggf. wiederholen bis 40ml/kg total)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">bei fehlendem Erfolg Joule </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="26"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>verdoppeln</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="26"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> = 4J/kg, max 10 J/kg</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>bei fehlendem Erfolg  Joule</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="26"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> verdoppeln</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="26"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> = 1 J/kg</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="26"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Ketamin &lt;10 Kilo nur mit Anästhesie,  </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="26"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>KJNO Kaderarzt anwesend!</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="26"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
-        <b/>
-[...185 lines deleted...]
-        <sz val="16"/>
+        <sz val="24"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>verdoppeln</t>
-[...509 lines deleted...]
-    <t>3.Version 07/25, ersetzt Version 04/21    ML, IB, AC                          23.08.2025</t>
+      <t>Range 0.25mg-1mg/kg,  Ondansetron 0.1mg/kg iv vor Ketamin iv</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="0.000"/>
   </numFmts>
-  <fonts count="24">
+  <fonts count="36" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Verdana"/>
     </font>
     <font>
       <b/>
       <sz val="36"/>
-      <name val="Arial"/>
-[...9 lines deleted...]
-      <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="8"/>
-[...20 lines deleted...]
-    <font>
       <b/>
       <sz val="16"/>
-      <name val="Arial"/>
-[...38 lines deleted...]
-      <color rgb="FFFFFF00"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="16"/>
+      <b/>
+      <sz val="20"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="22"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="22"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="24"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="24"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="26"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="26"/>
+      <color rgb="FFFFFF00"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="26"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="26"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="28"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="28"/>
+      <color rgb="FFFFFF00"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="28"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="28"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="24"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="26"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="26"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="26"/>
+      <color rgb="FFFFFFFF"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="28"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="28"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="28"/>
+      <color rgb="FFFFFF00"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="28"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="24"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="24"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="16"/>
+      <sz val="24"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="20"/>
-      <color rgb="FF000000"/>
+      <sz val="24"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="20"/>
-      <color rgb="FFFF0000"/>
+      <sz val="72"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
+      <sz val="36"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <sz val="20"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="16"/>
-[...1 lines deleted...]
-      <name val="Arial"/>
+      <sz val="20"/>
+      <name val="Verdana"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="12">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF99"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="3" tint="0.39997558519241921"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor theme="8" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="49">
+  <borders count="48">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
@@ -1220,77 +1316,57 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...9 lines deleted...]
-    <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom/>
-[...7 lines deleted...]
-      <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
@@ -1335,61 +1411,50 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...9 lines deleted...]
-    <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
@@ -1462,106 +1527,84 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...9 lines deleted...]
-    <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right/>
-[...9 lines deleted...]
-      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
@@ -1704,381 +1747,505 @@
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="185">
+  <cellXfs count="227">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="19" fillId="10" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="16" fillId="10" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="10" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="16" fillId="10" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="19" fillId="10" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="10" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="19" fillId="10" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="10" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="19" fillId="3" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="16" fillId="3" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="8" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="8" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="8" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="8" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="8" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="7" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="15" fillId="7" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="15" fillId="7" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="15" fillId="9" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="11" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="11" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="19" fillId="7" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="7" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="11" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="9" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="9" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="9" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="9" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="9" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="11" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="9" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="9" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="11" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="16" fillId="5" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="11" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="6" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="6" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="6" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="6" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="6" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="16" fillId="7" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="9" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="9" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="6" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="16" fillId="10" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="16" fillId="10" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="10" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="10" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="10" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="10" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="10" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="10" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="8" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="8" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="7" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="7" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="7" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="7" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="7" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="9" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="9" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="11" fillId="10" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="11" fillId="10" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="11" fillId="10" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="11" fillId="10" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="10" fillId="10" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="30" fillId="10" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="15" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="15" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="15" fillId="3" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="15" fillId="8" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="22" fillId="4" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="22" fillId="6" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="12" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="32" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="33" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
-[...53 lines deleted...]
-    <xf numFmtId="49" fontId="9" fillId="7" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...167 lines deleted...]
-    <xf numFmtId="49" fontId="9" fillId="11" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="49" fontId="19" fillId="11" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...19 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF66CC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -2357,1302 +2524,1358 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Tabelle1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:L45"/>
+  <dimension ref="A1:L48"/>
   <sheetViews>
-    <sheetView tabSelected="1" showWhiteSpace="0" view="pageLayout" zoomScale="60" zoomScaleNormal="100" zoomScalePageLayoutView="60" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="30" zoomScaleNormal="100" zoomScaleSheetLayoutView="30" workbookViewId="0">
+      <selection activeCell="A30" sqref="A30"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11" defaultRowHeight="12.75"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="133.125" style="2" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="13" max="16384" width="11" style="2"/>
+    <col min="1" max="1" width="255.5" style="2" customWidth="1"/>
+    <col min="2" max="2" width="21" style="2" customWidth="1"/>
+    <col min="3" max="3" width="18.625" style="2" customWidth="1"/>
+    <col min="4" max="4" width="17.375" style="2" customWidth="1"/>
+    <col min="5" max="5" width="15" style="2" customWidth="1"/>
+    <col min="6" max="6" width="0.375" style="2" hidden="1" customWidth="1"/>
+    <col min="7" max="7" width="0.25" style="2" customWidth="1"/>
+    <col min="8" max="8" width="31.375" style="2" customWidth="1"/>
+    <col min="9" max="9" width="9.375" style="2" customWidth="1"/>
+    <col min="10" max="10" width="19.375" style="2" customWidth="1"/>
+    <col min="11" max="11" width="11.625" style="2" customWidth="1"/>
+    <col min="12" max="12" width="255.5" style="2" customWidth="1"/>
+    <col min="13" max="13" width="2.875" style="2" customWidth="1"/>
+    <col min="14" max="16384" width="11" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="78" customHeight="1">
-[...3 lines deleted...]
-      <c r="B1" s="11" t="s">
+    <row r="1" spans="1:12" ht="78" customHeight="1" x14ac:dyDescent="1.2">
+      <c r="A1" s="196">
+        <v>30</v>
+      </c>
+      <c r="B1" s="196" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="11"/>
-[...1 lines deleted...]
-      <c r="E1" s="11"/>
+      <c r="C1" s="6"/>
+      <c r="D1" s="6"/>
+      <c r="E1" s="6"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
-      <c r="L1" s="10" t="s">
+      <c r="L1" s="197" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="2" spans="1:12" ht="39.75" customHeight="1" thickBot="1">
+    <row r="2" spans="1:12" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.65">
       <c r="A2" s="1"/>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="3"/>
     </row>
-    <row r="3" spans="1:12" ht="13.5" hidden="1" thickBot="1">
+    <row r="3" spans="1:12" ht="13.5" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A3"/>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3"/>
       <c r="G3"/>
     </row>
-    <row r="4" spans="1:12" ht="13.5" hidden="1" thickBot="1">
+    <row r="4" spans="1:12" ht="13.5" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4"/>
       <c r="K4"/>
       <c r="L4"/>
     </row>
-    <row r="5" spans="1:12" ht="27" thickBot="1">
-      <c r="A5" s="164" t="s">
+    <row r="5" spans="1:12" ht="36" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A5" s="119" t="s">
+        <v>72</v>
+      </c>
+      <c r="B5" s="201"/>
+      <c r="C5" s="201"/>
+      <c r="D5" s="10"/>
+      <c r="E5" s="11"/>
+      <c r="F5" s="11"/>
+      <c r="G5" s="11"/>
+      <c r="H5" s="11"/>
+      <c r="I5" s="11"/>
+      <c r="J5" s="11"/>
+      <c r="K5" s="11"/>
+      <c r="L5" s="12"/>
+    </row>
+    <row r="6" spans="1:12" ht="33.75" x14ac:dyDescent="0.5">
+      <c r="A6" s="9"/>
+      <c r="B6" s="202" t="s">
         <v>2</v>
       </c>
-      <c r="B5" s="178"/>
-[...13 lines deleted...]
-      <c r="B6" s="179" t="s">
+      <c r="C6" s="203"/>
+      <c r="D6" s="204" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="180"/>
-      <c r="D6" s="181" t="s">
+      <c r="E6" s="205"/>
+      <c r="F6" s="206" t="s">
         <v>4</v>
       </c>
-      <c r="E6" s="182"/>
-      <c r="F6" s="180" t="s">
+      <c r="G6" s="207"/>
+      <c r="H6" s="208" t="s">
         <v>5</v>
       </c>
-      <c r="G6" s="179"/>
-      <c r="H6" s="183" t="s">
+      <c r="I6" s="209"/>
+      <c r="J6" s="193" t="s">
         <v>6</v>
       </c>
-      <c r="I6" s="184"/>
-      <c r="J6" s="102" t="s">
+      <c r="K6" s="194" t="s">
         <v>7</v>
       </c>
-      <c r="K6" s="102" t="s">
+      <c r="L6" s="195" t="s">
         <v>8</v>
       </c>
-      <c r="L6" s="103" t="s">
+    </row>
+    <row r="7" spans="1:12" ht="35.25" x14ac:dyDescent="0.5">
+      <c r="A7" s="30" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" s="149">
+        <v>0.1</v>
+      </c>
+      <c r="C7" s="150" t="s">
         <v>9</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="135" t="s">
+      <c r="D7" s="32">
+        <f>PRODUCT(B7,A1)</f>
+        <v>3</v>
+      </c>
+      <c r="E7" s="16" t="s">
         <v>10</v>
       </c>
-      <c r="B7" s="136">
+      <c r="F7" s="17">
         <v>0.1</v>
       </c>
-      <c r="C7" s="137" t="s">
+      <c r="G7" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="D7" s="138">
-[...3 lines deleted...]
-      <c r="E7" s="139" t="s">
+      <c r="H7" s="18">
+        <f>IF(PRODUCT(A1,F7)&gt;6,6,F7*A1)</f>
+        <v>3</v>
+      </c>
+      <c r="I7" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="F7" s="140">
+      <c r="J7" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="K7" s="120"/>
+      <c r="L7" s="181" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="35.25" x14ac:dyDescent="0.5">
+      <c r="A8" s="21" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" s="149">
+        <v>10</v>
+      </c>
+      <c r="C8" s="150" t="s">
+        <v>14</v>
+      </c>
+      <c r="D8" s="17">
+        <f>B8*A1</f>
+        <v>300</v>
+      </c>
+      <c r="E8" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="F8" s="15">
         <v>0.1</v>
       </c>
-      <c r="G7" s="140" t="s">
+      <c r="G8" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="H8" s="25">
+        <f>PRODUCT(F8*A1)</f>
+        <v>3</v>
+      </c>
+      <c r="I8" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="J8" s="27" t="s">
         <v>13</v>
       </c>
-      <c r="H7" s="141">
-        <f>IF(PRODUCT(A1,F7)&gt;6,6,F7*A1)</f>
+      <c r="K8" s="68"/>
+      <c r="L8" s="182" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="35.25" x14ac:dyDescent="0.5">
+      <c r="A9" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="B9" s="149">
+        <v>5</v>
+      </c>
+      <c r="C9" s="150" t="s">
+        <v>9</v>
+      </c>
+      <c r="D9" s="14">
+        <f>B9*A1</f>
+        <v>150</v>
+      </c>
+      <c r="E9" s="22" t="s">
+        <v>10</v>
+      </c>
+      <c r="F9" s="14">
+        <v>0.1</v>
+      </c>
+      <c r="G9" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="H9" s="28">
+        <f>PRODUCT(A1,F9)</f>
+        <v>3</v>
+      </c>
+      <c r="I9" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="J9" s="29" t="s">
+        <v>13</v>
+      </c>
+      <c r="K9" s="74"/>
+      <c r="L9" s="183" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="35.25" x14ac:dyDescent="0.5">
+      <c r="A10" s="30" t="s">
+        <v>19</v>
+      </c>
+      <c r="B10" s="151">
+        <v>20</v>
+      </c>
+      <c r="C10" s="24" t="s">
+        <v>14</v>
+      </c>
+      <c r="D10" s="32">
+        <f>IF(PRODUCT(A1,B10)&gt;1000,1000,A1*B10)</f>
+        <v>600</v>
+      </c>
+      <c r="E10" s="16" t="s">
+        <v>15</v>
+      </c>
+      <c r="F10" s="31">
+        <v>0.04</v>
+      </c>
+      <c r="G10" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="H10" s="25">
+        <f>IF(PRODUCT(F10*A1)&gt;2,2,F10*A1)</f>
+        <v>1.2</v>
+      </c>
+      <c r="I10" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="J10" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="K10" s="68"/>
+      <c r="L10" s="184" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="36" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A11" s="30" t="s">
+        <v>54</v>
+      </c>
+      <c r="B11" s="152">
+        <v>60</v>
+      </c>
+      <c r="C11" s="153" t="s">
+        <v>9</v>
+      </c>
+      <c r="D11" s="32">
+        <f>IF(PRODUCT(B11,A1)&gt;2000,2000,A1*B11)</f>
+        <v>1800</v>
+      </c>
+      <c r="E11" s="33" t="s">
+        <v>10</v>
+      </c>
+      <c r="F11" s="32">
+        <v>0.6</v>
+      </c>
+      <c r="G11" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="H11" s="145">
+        <f>IF(PRODUCT(A1,F11)&gt;20,20,A1*F11)</f>
+        <v>18</v>
+      </c>
+      <c r="I11" s="146" t="s">
+        <v>12</v>
+      </c>
+      <c r="J11" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="K11" s="121"/>
+      <c r="L11" s="185" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="35.25" x14ac:dyDescent="0.5">
+      <c r="A12" s="30"/>
+      <c r="B12" s="147"/>
+      <c r="C12" s="148"/>
+      <c r="D12" s="32"/>
+      <c r="E12" s="34"/>
+      <c r="F12" s="32"/>
+      <c r="G12" s="32"/>
+      <c r="H12" s="143"/>
+      <c r="I12" s="144"/>
+      <c r="J12" s="35"/>
+      <c r="K12" s="121"/>
+      <c r="L12" s="186" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A13" s="210"/>
+      <c r="B13" s="211"/>
+      <c r="C13" s="211"/>
+      <c r="D13" s="212"/>
+      <c r="E13" s="212"/>
+      <c r="F13" s="212"/>
+      <c r="G13" s="212"/>
+      <c r="H13" s="212"/>
+      <c r="I13" s="212"/>
+      <c r="J13" s="212"/>
+      <c r="K13" s="212"/>
+      <c r="L13" s="213"/>
+    </row>
+    <row r="14" spans="1:12" ht="35.25" x14ac:dyDescent="0.5">
+      <c r="A14" s="36" t="s">
+        <v>21</v>
+      </c>
+      <c r="B14" s="154">
+        <v>0.05</v>
+      </c>
+      <c r="C14" s="155" t="s">
+        <v>9</v>
+      </c>
+      <c r="D14" s="39">
+        <f>IF(PRODUCT(B14*A1)&gt;2,2,A1*B14)</f>
+        <v>1.5</v>
+      </c>
+      <c r="E14" s="37" t="s">
+        <v>10</v>
+      </c>
+      <c r="F14" s="38">
+        <v>0.05</v>
+      </c>
+      <c r="G14" s="39" t="s">
+        <v>11</v>
+      </c>
+      <c r="H14" s="40">
+        <f>IF(PRODUCT(F14,A1)&gt;2,2,F14*A1)</f>
+        <v>1.5</v>
+      </c>
+      <c r="I14" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="J14" s="42" t="s">
+        <v>13</v>
+      </c>
+      <c r="K14" s="122"/>
+      <c r="L14" s="187" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="35.25" x14ac:dyDescent="0.5">
+      <c r="A15" s="43" t="s">
+        <v>23</v>
+      </c>
+      <c r="B15" s="156">
+        <v>2</v>
+      </c>
+      <c r="C15" s="157" t="s">
+        <v>24</v>
+      </c>
+      <c r="D15" s="46">
+        <f>B15*A1</f>
+        <v>60</v>
+      </c>
+      <c r="E15" s="44" t="s">
+        <v>25</v>
+      </c>
+      <c r="F15" s="45">
+        <v>2</v>
+      </c>
+      <c r="G15" s="46" t="s">
+        <v>11</v>
+      </c>
+      <c r="H15" s="43">
+        <f>PRODUCT(F15*A1)</f>
+        <v>60</v>
+      </c>
+      <c r="I15" s="47" t="s">
+        <v>12</v>
+      </c>
+      <c r="J15" s="48"/>
+      <c r="K15" s="42" t="s">
+        <v>13</v>
+      </c>
+      <c r="L15" s="188" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" ht="35.25" x14ac:dyDescent="0.5">
+      <c r="A16" s="36" t="s">
+        <v>27</v>
+      </c>
+      <c r="B16" s="158">
+        <v>200</v>
+      </c>
+      <c r="C16" s="159" t="s">
+        <v>9</v>
+      </c>
+      <c r="D16" s="39">
+        <f>B16*A1</f>
+        <v>6000</v>
+      </c>
+      <c r="E16" s="37" t="s">
+        <v>10</v>
+      </c>
+      <c r="F16" s="39">
+        <v>2</v>
+      </c>
+      <c r="G16" s="39" t="s">
+        <v>11</v>
+      </c>
+      <c r="H16" s="36">
+        <f>PRODUCT(A1,F16)</f>
+        <v>60</v>
+      </c>
+      <c r="I16" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="J16" s="42" t="s">
+        <v>13</v>
+      </c>
+      <c r="K16" s="122"/>
+      <c r="L16" s="187" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" ht="36" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A17" s="49" t="s">
+        <v>29</v>
+      </c>
+      <c r="B17" s="160"/>
+      <c r="C17" s="161"/>
+      <c r="D17" s="51"/>
+      <c r="E17" s="50"/>
+      <c r="F17" s="51">
+        <v>10</v>
+      </c>
+      <c r="G17" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="H17" s="49">
+        <f>PRODUCT(A1,F17)</f>
+        <v>300</v>
+      </c>
+      <c r="I17" s="52" t="s">
+        <v>12</v>
+      </c>
+      <c r="J17" s="53" t="s">
+        <v>13</v>
+      </c>
+      <c r="K17" s="123"/>
+      <c r="L17" s="189" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" ht="36" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A18" s="54" t="s">
+        <v>30</v>
+      </c>
+      <c r="B18" s="162">
+        <v>20</v>
+      </c>
+      <c r="C18" s="163" t="s">
+        <v>9</v>
+      </c>
+      <c r="D18" s="56">
+        <f>B18*A1</f>
+        <v>600</v>
+      </c>
+      <c r="E18" s="55" t="s">
+        <v>10</v>
+      </c>
+      <c r="F18" s="56">
+        <v>0.2</v>
+      </c>
+      <c r="G18" s="56" t="s">
+        <v>31</v>
+      </c>
+      <c r="H18" s="54">
+        <f>PRODUCT(A1,F18)</f>
         <v>6</v>
       </c>
-      <c r="I7" s="142" t="s">
+      <c r="I18" s="57" t="s">
+        <v>12</v>
+      </c>
+      <c r="J18" s="58" t="s">
+        <v>13</v>
+      </c>
+      <c r="K18" s="58"/>
+      <c r="L18" s="190" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A19" s="214"/>
+      <c r="B19" s="215"/>
+      <c r="C19" s="215"/>
+      <c r="D19" s="215"/>
+      <c r="E19" s="215"/>
+      <c r="F19" s="215"/>
+      <c r="G19" s="215"/>
+      <c r="H19" s="215"/>
+      <c r="I19" s="215"/>
+      <c r="J19" s="215"/>
+      <c r="K19" s="215"/>
+      <c r="L19" s="216"/>
+    </row>
+    <row r="20" spans="1:12" ht="35.25" x14ac:dyDescent="0.5">
+      <c r="A20" s="124" t="s">
+        <v>33</v>
+      </c>
+      <c r="B20" s="125">
+        <v>2</v>
+      </c>
+      <c r="C20" s="126" t="s">
+        <v>34</v>
+      </c>
+      <c r="D20" s="125"/>
+      <c r="E20" s="126"/>
+      <c r="F20" s="127"/>
+      <c r="G20" s="127"/>
+      <c r="H20" s="141">
+        <f>PRODUCT(A1,B20)</f>
+        <v>60</v>
+      </c>
+      <c r="I20" s="128" t="s">
+        <v>35</v>
+      </c>
+      <c r="J20" s="129"/>
+      <c r="K20" s="129"/>
+      <c r="L20" s="191" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" ht="35.25" x14ac:dyDescent="0.5">
+      <c r="A21" s="130" t="s">
+        <v>36</v>
+      </c>
+      <c r="B21" s="131">
+        <v>0.5</v>
+      </c>
+      <c r="C21" s="132" t="s">
+        <v>34</v>
+      </c>
+      <c r="D21" s="131"/>
+      <c r="E21" s="132"/>
+      <c r="F21" s="133"/>
+      <c r="G21" s="133"/>
+      <c r="H21" s="142">
+        <f>PRODUCT(A1,B21)</f>
+        <v>15</v>
+      </c>
+      <c r="I21" s="134" t="s">
+        <v>35</v>
+      </c>
+      <c r="J21" s="129"/>
+      <c r="K21" s="129"/>
+      <c r="L21" s="192" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" ht="34.5" x14ac:dyDescent="0.45">
+      <c r="A22" s="214"/>
+      <c r="B22" s="215"/>
+      <c r="C22" s="215"/>
+      <c r="D22" s="215"/>
+      <c r="E22" s="215"/>
+      <c r="F22" s="215"/>
+      <c r="G22" s="215"/>
+      <c r="H22" s="215"/>
+      <c r="I22" s="215"/>
+      <c r="J22" s="215"/>
+      <c r="K22" s="215"/>
+      <c r="L22" s="216"/>
+    </row>
+    <row r="23" spans="1:12" ht="36" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A23" s="217" t="s">
+        <v>37</v>
+      </c>
+      <c r="B23" s="218"/>
+      <c r="C23" s="218"/>
+      <c r="D23" s="219"/>
+      <c r="E23" s="219"/>
+      <c r="F23" s="219"/>
+      <c r="G23" s="219"/>
+      <c r="H23" s="218"/>
+      <c r="I23" s="219"/>
+      <c r="J23" s="219"/>
+      <c r="K23" s="219"/>
+      <c r="L23" s="220"/>
+    </row>
+    <row r="24" spans="1:12" ht="35.25" x14ac:dyDescent="0.5">
+      <c r="A24" s="63" t="s">
+        <v>60</v>
+      </c>
+      <c r="B24" s="164">
+        <v>1</v>
+      </c>
+      <c r="C24" s="165" t="s">
         <v>14</v>
       </c>
-      <c r="J7" s="143" t="s">
+      <c r="D24" s="65">
+        <f>IF(PRODUCT(B24*A1)&gt;50,50,B24*A1)</f>
+        <v>30</v>
+      </c>
+      <c r="E24" s="64" t="s">
         <v>15</v>
       </c>
-      <c r="K7" s="143"/>
-[...8 lines deleted...]
-      <c r="B8" s="136">
+      <c r="F24" s="65">
+        <v>0.02</v>
+      </c>
+      <c r="G24" s="65" t="s">
+        <v>11</v>
+      </c>
+      <c r="H24" s="135">
+        <f>IF(PRODUCT(F24,A1)&gt;1,1,A1*F24)</f>
+        <v>0.6</v>
+      </c>
+      <c r="I24" s="66" t="s">
+        <v>12</v>
+      </c>
+      <c r="J24" s="67" t="s">
+        <v>13</v>
+      </c>
+      <c r="K24" s="68"/>
+      <c r="L24" s="59" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" ht="35.25" x14ac:dyDescent="0.5">
+      <c r="A25" s="69" t="s">
+        <v>61</v>
+      </c>
+      <c r="B25" s="75">
+        <v>0.25</v>
+      </c>
+      <c r="C25" s="166" t="s">
+        <v>9</v>
+      </c>
+      <c r="D25" s="71">
+        <f>IF(PRODUCT(B25*A1)&gt;50,50,B25*A1)</f>
+        <v>7.5</v>
+      </c>
+      <c r="E25" s="70" t="s">
         <v>10</v>
       </c>
-      <c r="C8" s="146" t="s">
-[...9 lines deleted...]
-      <c r="F8" s="138">
+      <c r="F25" s="71">
         <v>0.1</v>
       </c>
-      <c r="G8" s="149" t="s">
+      <c r="G25" s="71" t="s">
+        <v>11</v>
+      </c>
+      <c r="H25" s="136">
+        <f>PRODUCT(F25*A1)</f>
+        <v>3</v>
+      </c>
+      <c r="I25" s="72" t="s">
+        <v>12</v>
+      </c>
+      <c r="J25" s="73" t="s">
         <v>13</v>
       </c>
-      <c r="H8" s="150">
-[...3 lines deleted...]
-      <c r="I8" s="151" t="s">
+      <c r="K25" s="74"/>
+      <c r="L25" s="60" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" ht="35.25" x14ac:dyDescent="0.5">
+      <c r="A26" s="75" t="s">
+        <v>62</v>
+      </c>
+      <c r="B26" s="75">
+        <v>0.1</v>
+      </c>
+      <c r="C26" s="166" t="s">
+        <v>9</v>
+      </c>
+      <c r="D26" s="71">
+        <f>IF(PRODUCT(B26*A1)&gt;2.5,2.5,B26*A1)</f>
+        <v>2.5</v>
+      </c>
+      <c r="E26" s="70" t="s">
+        <v>10</v>
+      </c>
+      <c r="F26" s="71">
+        <v>0.1</v>
+      </c>
+      <c r="G26" s="71" t="s">
+        <v>11</v>
+      </c>
+      <c r="H26" s="137">
+        <f>IF(PRODUCT(F26*A1)&gt;2.5,2.5,F26*A1)</f>
+        <v>2.5</v>
+      </c>
+      <c r="I26" s="72" t="s">
+        <v>12</v>
+      </c>
+      <c r="J26" s="73" t="s">
+        <v>13</v>
+      </c>
+      <c r="K26" s="74"/>
+      <c r="L26" s="60" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" ht="35.25" x14ac:dyDescent="0.5">
+      <c r="A27" s="63" t="s">
+        <v>60</v>
+      </c>
+      <c r="B27" s="167">
+        <v>1</v>
+      </c>
+      <c r="C27" s="168" t="s">
         <v>14</v>
       </c>
-      <c r="J8" s="152" t="s">
+      <c r="D27" s="65">
+        <f>IF(PRODUCT(B27*A1)&gt;50,50,B27*A1)</f>
+        <v>30</v>
+      </c>
+      <c r="E27" s="64" t="s">
         <v>15</v>
       </c>
-      <c r="K8" s="152"/>
-      <c r="L8" s="153" t="s">
+      <c r="F27" s="65">
+        <v>0.02</v>
+      </c>
+      <c r="G27" s="65" t="s">
+        <v>11</v>
+      </c>
+      <c r="H27" s="136">
+        <f>IF(PRODUCT(F27,A1)&gt;1,1,A1*F27)</f>
+        <v>0.6</v>
+      </c>
+      <c r="I27" s="66" t="s">
+        <v>12</v>
+      </c>
+      <c r="J27" s="67" t="s">
+        <v>13</v>
+      </c>
+      <c r="K27" s="68"/>
+      <c r="L27" s="59" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" ht="35.25" x14ac:dyDescent="0.5">
+      <c r="A28" s="76" t="s">
+        <v>63</v>
+      </c>
+      <c r="B28" s="169">
+        <v>0.05</v>
+      </c>
+      <c r="C28" s="170" t="s">
+        <v>9</v>
+      </c>
+      <c r="D28" s="78">
+        <f>IF(PRODUCT(B28*A1)&gt;1.5,1.5,B28*A1)</f>
+        <v>1.5</v>
+      </c>
+      <c r="E28" s="77" t="s">
+        <v>10</v>
+      </c>
+      <c r="F28" s="78">
+        <v>0.05</v>
+      </c>
+      <c r="G28" s="78" t="s">
+        <v>11</v>
+      </c>
+      <c r="H28" s="138">
+        <f>IF(PRODUCT(A1,F28)&gt;1.5,1.5,A1*F28)</f>
+        <v>1.5</v>
+      </c>
+      <c r="I28" s="79" t="s">
+        <v>12</v>
+      </c>
+      <c r="J28" s="80" t="s">
+        <v>13</v>
+      </c>
+      <c r="K28" s="81"/>
+      <c r="L28" s="61" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" ht="36" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A29" s="82" t="s">
+        <v>64</v>
+      </c>
+      <c r="B29" s="171">
+        <v>10</v>
+      </c>
+      <c r="C29" s="172" t="s">
+        <v>14</v>
+      </c>
+      <c r="D29" s="84">
+        <f>B29*A1</f>
+        <v>300</v>
+      </c>
+      <c r="E29" s="83" t="s">
+        <v>15</v>
+      </c>
+      <c r="F29" s="84">
+        <v>0.1</v>
+      </c>
+      <c r="G29" s="84" t="s">
+        <v>11</v>
+      </c>
+      <c r="H29" s="139">
+        <f>PRODUCT(F29*A1)</f>
+        <v>3</v>
+      </c>
+      <c r="I29" s="85" t="s">
+        <v>12</v>
+      </c>
+      <c r="J29" s="86" t="s">
+        <v>13</v>
+      </c>
+      <c r="K29" s="87"/>
+      <c r="L29" s="62" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" ht="36" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A30" s="82" t="s">
+        <v>65</v>
+      </c>
+      <c r="B30" s="171">
+        <v>10</v>
+      </c>
+      <c r="C30" s="172" t="s">
+        <v>14</v>
+      </c>
+      <c r="D30" s="84">
+        <f>B30*A1</f>
+        <v>300</v>
+      </c>
+      <c r="E30" s="83" t="s">
+        <v>15</v>
+      </c>
+      <c r="F30" s="84">
+        <v>0.25</v>
+      </c>
+      <c r="G30" s="84" t="s">
+        <v>11</v>
+      </c>
+      <c r="H30" s="140">
+        <f>PRODUCT(F30,A1)</f>
+        <v>7.5</v>
+      </c>
+      <c r="I30" s="88" t="s">
+        <v>12</v>
+      </c>
+      <c r="J30" s="89" t="s">
+        <v>13</v>
+      </c>
+      <c r="K30" s="90"/>
+      <c r="L30" s="62" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" ht="35.25" x14ac:dyDescent="0.45">
+      <c r="A31" s="224"/>
+      <c r="B31" s="225"/>
+      <c r="C31" s="225"/>
+      <c r="D31" s="225"/>
+      <c r="E31" s="225"/>
+      <c r="F31" s="225"/>
+      <c r="G31" s="225"/>
+      <c r="H31" s="225"/>
+      <c r="I31" s="225"/>
+      <c r="J31" s="225"/>
+      <c r="K31" s="225"/>
+      <c r="L31" s="226"/>
+    </row>
+    <row r="32" spans="1:12" ht="35.25" x14ac:dyDescent="0.5">
+      <c r="A32" s="221" t="s">
+        <v>42</v>
+      </c>
+      <c r="B32" s="222"/>
+      <c r="C32" s="222"/>
+      <c r="D32" s="222"/>
+      <c r="E32" s="222"/>
+      <c r="F32" s="222"/>
+      <c r="G32" s="222"/>
+      <c r="H32" s="222"/>
+      <c r="I32" s="222"/>
+      <c r="J32" s="222"/>
+      <c r="K32" s="222"/>
+      <c r="L32" s="223"/>
+    </row>
+    <row r="33" spans="1:12" s="4" customFormat="1" ht="35.25" x14ac:dyDescent="0.5">
+      <c r="A33" s="173" t="s">
+        <v>66</v>
+      </c>
+      <c r="B33" s="177">
+        <v>0.02</v>
+      </c>
+      <c r="C33" s="92" t="s">
+        <v>9</v>
+      </c>
+      <c r="D33" s="175">
+        <f>B33*A1</f>
+        <v>0.6</v>
+      </c>
+      <c r="E33" s="91" t="s">
+        <v>10</v>
+      </c>
+      <c r="F33" s="91">
+        <v>0.04</v>
+      </c>
+      <c r="G33" s="92" t="s">
+        <v>11</v>
+      </c>
+      <c r="H33" s="93">
+        <f>PRODUCT(F33,A1)</f>
+        <v>1.2</v>
+      </c>
+      <c r="I33" s="94" t="s">
+        <v>12</v>
+      </c>
+      <c r="J33" s="95" t="s">
+        <v>13</v>
+      </c>
+      <c r="K33" s="96"/>
+      <c r="L33" s="97" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" s="4" customFormat="1" ht="35.25" x14ac:dyDescent="0.5">
+      <c r="A34" s="174" t="s">
+        <v>67</v>
+      </c>
+      <c r="B34" s="178">
+        <v>40</v>
+      </c>
+      <c r="C34" s="100" t="s">
+        <v>9</v>
+      </c>
+      <c r="D34" s="176">
+        <f>B34*A1</f>
+        <v>1200</v>
+      </c>
+      <c r="E34" s="99" t="s">
+        <v>10</v>
+      </c>
+      <c r="F34" s="99">
+        <v>0.4</v>
+      </c>
+      <c r="G34" s="100" t="s">
+        <v>11</v>
+      </c>
+      <c r="H34" s="98">
+        <f>F34*A1</f>
+        <v>12</v>
+      </c>
+      <c r="I34" s="101" t="s">
+        <v>12</v>
+      </c>
+      <c r="J34" s="102"/>
+      <c r="K34" s="103" t="s">
+        <v>13</v>
+      </c>
+      <c r="L34" s="104" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" s="4" customFormat="1" ht="35.25" x14ac:dyDescent="0.5">
+      <c r="A35" s="105" t="s">
+        <v>69</v>
+      </c>
+      <c r="B35" s="179">
+        <v>10</v>
+      </c>
+      <c r="C35" s="108" t="s">
+        <v>9</v>
+      </c>
+      <c r="D35" s="107">
+        <f>B35*A1</f>
+        <v>300</v>
+      </c>
+      <c r="E35" s="106" t="s">
+        <v>10</v>
+      </c>
+      <c r="F35" s="107">
+        <v>0.5</v>
+      </c>
+      <c r="G35" s="108" t="s">
+        <v>11</v>
+      </c>
+      <c r="H35" s="105">
+        <f>PRODUCT(F35,A1)</f>
+        <v>15</v>
+      </c>
+      <c r="I35" s="109" t="s">
+        <v>12</v>
+      </c>
+      <c r="J35" s="110" t="s">
+        <v>13</v>
+      </c>
+      <c r="K35" s="111"/>
+      <c r="L35" s="108" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" s="4" customFormat="1" ht="35.25" x14ac:dyDescent="0.5">
+      <c r="A36" s="112" t="s">
+        <v>70</v>
+      </c>
+      <c r="B36" s="180">
         <v>20</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C9" s="146" t="s">
+      <c r="C36" s="115" t="s">
+        <v>9</v>
+      </c>
+      <c r="D36" s="114">
+        <f>B36*A1</f>
+        <v>600</v>
+      </c>
+      <c r="E36" s="113" t="s">
+        <v>10</v>
+      </c>
+      <c r="F36" s="114">
+        <v>0.2</v>
+      </c>
+      <c r="G36" s="115" t="s">
         <v>11</v>
       </c>
-      <c r="D9" s="136">
-[...3 lines deleted...]
-      <c r="E9" s="146" t="s">
+      <c r="H36" s="112">
+        <f>F36*A1</f>
+        <v>6</v>
+      </c>
+      <c r="I36" s="116" t="s">
         <v>12</v>
       </c>
-      <c r="F9" s="137">
-[...2 lines deleted...]
-      <c r="G9" s="137" t="s">
+      <c r="J36" s="117"/>
+      <c r="K36" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="H9" s="154">
-[...349 lines deleted...]
-      <c r="L20" s="24" t="s">
+      <c r="L36" s="115" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="7"/>
+      <c r="B37" s="7"/>
+      <c r="C37" s="7"/>
+      <c r="D37" s="7"/>
+      <c r="E37" s="7"/>
+      <c r="F37" s="7"/>
+      <c r="G37" s="7"/>
+      <c r="H37" s="8"/>
+      <c r="I37" s="7"/>
+      <c r="J37" s="7"/>
+      <c r="K37" s="7"/>
+      <c r="L37" s="7"/>
+    </row>
+    <row r="38" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H38" s="5"/>
+    </row>
+    <row r="39" spans="1:12" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A39" s="198" t="s">
         <v>45</v>
       </c>
-    </row>
-[...15 lines deleted...]
-      <c r="A22" s="171" t="s">
+      <c r="B39" s="199"/>
+      <c r="C39" s="199"/>
+      <c r="D39" s="199"/>
+      <c r="E39" s="199"/>
+      <c r="F39" s="199"/>
+      <c r="G39" s="199"/>
+      <c r="H39" s="198"/>
+      <c r="I39" s="200"/>
+      <c r="J39" s="200"/>
+      <c r="K39" s="200"/>
+      <c r="L39" s="200"/>
+    </row>
+    <row r="40" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A40" s="199" t="s">
         <v>46</v>
       </c>
-      <c r="B22" s="172"/>
-[...12 lines deleted...]
-      <c r="A23" s="25" t="s">
+      <c r="B40" s="199" t="s">
         <v>47</v>
       </c>
-      <c r="B23" s="26">
-[...6 lines deleted...]
-        <f>IF(PRODUCT(B23*A1)&gt;50,50,B23*A1)</f>
+      <c r="C40" s="199"/>
+      <c r="D40" s="199"/>
+      <c r="E40" s="199"/>
+      <c r="F40" s="199"/>
+      <c r="G40" s="198"/>
+      <c r="H40" s="199"/>
+      <c r="I40" s="200"/>
+      <c r="J40" s="200"/>
+      <c r="K40" s="200"/>
+      <c r="L40" s="200"/>
+    </row>
+    <row r="41" spans="1:12" ht="25.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A41" s="199" t="s">
+        <v>48</v>
+      </c>
+      <c r="B41" s="199"/>
+      <c r="C41" s="199"/>
+      <c r="D41" s="199"/>
+      <c r="E41" s="199"/>
+      <c r="F41" s="199"/>
+      <c r="G41" s="199"/>
+      <c r="H41" s="198"/>
+      <c r="I41" s="200"/>
+      <c r="J41" s="200"/>
+      <c r="K41" s="200"/>
+      <c r="L41" s="200"/>
+    </row>
+    <row r="42" spans="1:12" ht="25.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A42" s="199" t="s">
+        <v>49</v>
+      </c>
+      <c r="B42" s="199"/>
+      <c r="C42" s="199"/>
+      <c r="D42" s="199"/>
+      <c r="E42" s="199"/>
+      <c r="F42" s="199"/>
+      <c r="G42" s="199"/>
+      <c r="H42" s="198"/>
+      <c r="I42" s="200"/>
+      <c r="J42" s="200"/>
+      <c r="K42" s="200"/>
+      <c r="L42" s="200"/>
+    </row>
+    <row r="43" spans="1:12" ht="25.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A43" s="199" t="s">
         <v>50</v>
       </c>
-      <c r="E23" s="27" t="s">
-[...62 lines deleted...]
-      <c r="A25" s="41" t="s">
+      <c r="B43" s="199"/>
+      <c r="C43" s="199"/>
+      <c r="D43" s="199"/>
+      <c r="E43" s="199"/>
+      <c r="F43" s="199"/>
+      <c r="G43" s="199"/>
+      <c r="H43" s="198"/>
+      <c r="I43" s="200"/>
+      <c r="J43" s="200"/>
+      <c r="K43" s="200"/>
+      <c r="L43" s="200"/>
+    </row>
+    <row r="44" spans="1:12" ht="25.5" x14ac:dyDescent="0.35">
+      <c r="A44" s="199" t="s">
         <v>51</v>
       </c>
-      <c r="B25" s="34">
-[...29 lines deleted...]
-      <c r="L25" s="40" t="s">
+      <c r="B44" s="199"/>
+      <c r="C44" s="199"/>
+      <c r="D44" s="199"/>
+      <c r="E44" s="199"/>
+      <c r="F44" s="199"/>
+      <c r="G44" s="199"/>
+      <c r="H44" s="199"/>
+      <c r="I44" s="200"/>
+      <c r="J44" s="200"/>
+      <c r="K44" s="200"/>
+      <c r="L44" s="200"/>
+    </row>
+    <row r="45" spans="1:12" ht="25.5" x14ac:dyDescent="0.35">
+      <c r="A45" s="199" t="s">
         <v>52</v>
       </c>
-    </row>
-[...39 lines deleted...]
-      <c r="A27" s="43" t="s">
+      <c r="B45" s="199"/>
+      <c r="C45" s="199"/>
+      <c r="D45" s="199"/>
+      <c r="E45" s="199"/>
+      <c r="F45" s="199"/>
+      <c r="G45" s="199"/>
+      <c r="H45" s="199"/>
+      <c r="I45" s="200"/>
+      <c r="J45" s="200"/>
+      <c r="K45" s="200"/>
+      <c r="L45" s="200"/>
+    </row>
+    <row r="46" spans="1:12" ht="25.5" x14ac:dyDescent="0.35">
+      <c r="A46" s="199" t="s">
         <v>53</v>
       </c>
-      <c r="B27" s="44">
-[...67 lines deleted...]
-      <c r="L28" s="60" t="s">
+      <c r="B46" s="199"/>
+      <c r="C46" s="199"/>
+      <c r="D46" s="199"/>
+      <c r="E46" s="199"/>
+      <c r="F46" s="199"/>
+      <c r="G46" s="199"/>
+      <c r="H46" s="199"/>
+      <c r="I46" s="200"/>
+      <c r="J46" s="200"/>
+      <c r="K46" s="200"/>
+      <c r="L46" s="200" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="29" spans="1:12" ht="20.25">
-[...354 lines deleted...]
-      </c>
+    <row r="47" spans="1:12" ht="24.75" x14ac:dyDescent="0.3">
+      <c r="A47" s="200"/>
+      <c r="B47" s="200"/>
+      <c r="C47" s="200"/>
+      <c r="D47" s="200"/>
+      <c r="E47" s="200"/>
+      <c r="F47" s="200"/>
+      <c r="G47" s="200"/>
+      <c r="H47" s="200"/>
+      <c r="I47" s="200"/>
+      <c r="J47" s="200"/>
+      <c r="K47" s="200"/>
+      <c r="L47" s="200"/>
+    </row>
+    <row r="48" spans="1:12" ht="15" x14ac:dyDescent="0.2">
+      <c r="A48" s="13"/>
+      <c r="B48" s="13"/>
+      <c r="C48" s="13"/>
+      <c r="D48" s="13"/>
+      <c r="E48" s="13"/>
+      <c r="F48" s="13"/>
+      <c r="G48" s="13"/>
+      <c r="H48" s="13"/>
+      <c r="I48" s="13"/>
+      <c r="J48" s="13"/>
+      <c r="K48" s="13"/>
+      <c r="L48" s="13"/>
     </row>
   </sheetData>
   <customSheetViews>
     <customSheetView guid="{207C4822-7E67-4717-BB38-0841F76A516E}" showPageBreaks="1" fitToPage="1" printArea="1" view="pageLayout">
       <selection activeCell="H15" sqref="H15"/>
       <pageMargins left="0" right="0" top="0" bottom="0" header="0" footer="0"/>
       <printOptions horizontalCentered="1" verticalCentered="1"/>
       <pageSetup paperSize="9" scale="60" orientation="landscape" r:id="rId1"/>
       <headerFooter>
         <oddFooter>&amp;CNotfallmedikamente August 2017</oddFooter>
       </headerFooter>
     </customSheetView>
   </customSheetViews>
   <mergeCells count="11">
+    <mergeCell ref="A13:L13"/>
+    <mergeCell ref="A19:L19"/>
+    <mergeCell ref="A22:L22"/>
+    <mergeCell ref="A23:L23"/>
+    <mergeCell ref="A32:L32"/>
+    <mergeCell ref="A31:L31"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="D6:E6"/>
     <mergeCell ref="F6:G6"/>
     <mergeCell ref="H6:I6"/>
-    <mergeCell ref="A12:L12"/>
-[...4 lines deleted...]
-    <mergeCell ref="A30:L30"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="34" orientation="landscape" r:id="rId2"/>
+  <pageSetup paperSize="9" scale="19" orientation="landscape" r:id="rId2"/>
   <headerFooter>
     <oddHeader>&amp;C5</oddHeader>
-    <oddFooter>&amp;CNotfallmedikamente Juni 2020</oddFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Intern&amp;CNotfallmedikamente Juni 2020</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101006B91000521AF9B4895466FE1E040CD54" ma:contentTypeVersion="15" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="dd1999dce28784f2594677ad2f2baccb">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="dff15e18-c523-4507-aa28-f98865c56ff7" xmlns:ns3="880ca18e-6062-4e30-82b5-1f4d0550b233" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cdcbba78241b4fa68015b58f882e7162" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101006B91000521AF9B4895466FE1E040CD54" ma:contentTypeVersion="15" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="91c08673db0d7f95c57ee26f390164b1">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="dff15e18-c523-4507-aa28-f98865c56ff7" xmlns:ns3="880ca18e-6062-4e30-82b5-1f4d0550b233" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b1af79c85d2870705bfc0882e0272596" ns2:_="" ns3:_="">
     <xsd:import namespace="dff15e18-c523-4507-aa28-f98865c56ff7"/>
     <xsd:import namespace="880ca18e-6062-4e30-82b5-1f4d0550b233"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -3842,81 +4065,168 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="dff15e18-c523-4507-aa28-f98865c56ff7">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="880ca18e-6062-4e30-82b5-1f4d0550b233" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA745B2D-350B-4C51-9E52-DC1C80BC6CB4}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5459087-0B07-4A8C-AAD4-901BB973230E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9CC26016-A3AD-44A3-B317-125CD73CBC5E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{464E16DA-1F70-4144-B5E0-8DC864EC9A7F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="dff15e18-c523-4507-aa28-f98865c56ff7"/>
+    <ds:schemaRef ds:uri="880ca18e-6062-4e30-82b5-1f4d0550b233"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5459087-0B07-4A8C-AAD4-901BB973230E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA745B2D-350B-4C51-9E52-DC1C80BC6CB4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="880ca18e-6062-4e30-82b5-1f4d0550b233"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="dff15e18-c523-4507-aa28-f98865c56ff7"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <TotalTime></TotalTime>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Arbeitsblätter</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Benannte Bereiche</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>KG individuell</vt:lpstr>
+      <vt:lpstr>'KG individuell'!Druckbereich</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company>Luzerner Kantonsspital</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>imahorpa</dc:creator>
+  <dc:creator>imahorpa;Alex Donas</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101006B91000521AF9B4895466FE1E040CD54</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_a9862153-2228-491a-9337-4a0ed666401f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_a9862153-2228-491a-9337-4a0ed666401f_SetDate">
+    <vt:lpwstr>2025-12-19T11:09:10Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_a9862153-2228-491a-9337-4a0ed666401f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_a9862153-2228-491a-9337-4a0ed666401f_Name">
+    <vt:lpwstr>Internal</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_a9862153-2228-491a-9337-4a0ed666401f_SiteId">
+    <vt:lpwstr>6598cf52-af54-44c6-a143-7780accf71b4</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_a9862153-2228-491a-9337-4a0ed666401f_ActionId">
+    <vt:lpwstr>88bcb0a8-a7c8-4ac3-a44e-18b782a91d37</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_a9862153-2228-491a-9337-4a0ed666401f_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_a9862153-2228-491a-9337-4a0ed666401f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>