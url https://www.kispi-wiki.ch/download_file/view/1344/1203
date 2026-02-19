--- v0 (2025-11-11)
+++ v1 (2026-02-19)
@@ -1,58 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/teo/Desktop/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Fontanma\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{EA1DECE8-B8F6-BE4D-BE3E-C3156E6FB888}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B12EAE16-80FA-4874-8226-D955A01082CD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1200" yWindow="620" windowWidth="27600" windowHeight="17380" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="2730" yWindow="2070" windowWidth="24915" windowHeight="15930" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Feuil1!$B$2:$I$50</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -118,225 +119,161 @@
   <c r="E18" i="1"/>
   <c r="D18" i="1"/>
   <c r="E17" i="1"/>
   <c r="D17" i="1"/>
   <c r="E16" i="1"/>
   <c r="D16" i="1"/>
   <c r="E15" i="1"/>
   <c r="D15" i="1"/>
   <c r="E14" i="1"/>
   <c r="D14" i="1"/>
   <c r="E13" i="1"/>
   <c r="D13" i="1"/>
   <c r="E12" i="1"/>
   <c r="D12" i="1"/>
   <c r="E11" i="1"/>
   <c r="D11" i="1"/>
   <c r="E10" i="1"/>
   <c r="D10" i="1"/>
   <c r="E9" i="1"/>
   <c r="D9" i="1"/>
   <c r="E8" i="1"/>
   <c r="D8" i="1"/>
   <c r="E7" i="1"/>
   <c r="D7" i="1"/>
   <c r="B6" i="1"/>
-  <c r="B38" i="1" l="1"/>
-[...1 lines deleted...]
-  <c r="B7" i="1"/>
+  <c r="B47" i="1" l="1"/>
+  <c r="B46" i="1"/>
+  <c r="B45" i="1"/>
   <c r="B44" i="1"/>
+  <c r="B42" i="1"/>
+  <c r="B39" i="1"/>
+  <c r="B22" i="1"/>
+  <c r="B12" i="1"/>
   <c r="B43" i="1"/>
-  <c r="B46" i="1"/>
-  <c r="B36" i="1"/>
+  <c r="B41" i="1"/>
+  <c r="B40" i="1"/>
+  <c r="B35" i="1"/>
   <c r="B34" i="1"/>
   <c r="B33" i="1"/>
   <c r="B32" i="1"/>
+  <c r="B31" i="1"/>
+  <c r="B38" i="1"/>
+  <c r="B9" i="1"/>
+  <c r="B25" i="1"/>
+  <c r="B24" i="1"/>
+  <c r="B23" i="1"/>
+  <c r="B14" i="1"/>
+  <c r="B13" i="1"/>
+  <c r="B27" i="1"/>
+  <c r="B28" i="1"/>
+  <c r="B29" i="1"/>
   <c r="B30" i="1"/>
-  <c r="B28" i="1"/>
-[...1 lines deleted...]
-  <c r="B24" i="1"/>
+  <c r="B36" i="1"/>
+  <c r="B21" i="1"/>
+  <c r="B20" i="1"/>
   <c r="B19" i="1"/>
   <c r="B18" i="1"/>
   <c r="B17" i="1"/>
+  <c r="B16" i="1"/>
   <c r="B15" i="1"/>
-  <c r="B13" i="1"/>
-  <c r="B11" i="1"/>
   <c r="B10" i="1"/>
   <c r="B8" i="1"/>
-  <c r="B42" i="1"/>
-[...2 lines deleted...]
-  <c r="B39" i="1"/>
+  <c r="B7" i="1"/>
+  <c r="B11" i="1"/>
   <c r="B37" i="1"/>
-  <c r="B35" i="1"/>
-[...12 lines deleted...]
-  <c r="B45" i="1"/>
+  <c r="B26" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="18">
+  <si>
+    <t>Gewicht (aktuell)</t>
+  </si>
   <si>
     <t>g</t>
   </si>
   <si>
     <t>Patient</t>
   </si>
   <si>
     <t>Verdünnung Insulin: 10 U/ml</t>
   </si>
   <si>
     <t>Gewünschte         Zufuhr</t>
   </si>
   <si>
     <t>Effektive Rate    (10x verdünnt)</t>
   </si>
   <si>
     <t>Laufrate</t>
   </si>
   <si>
     <t>U/kg/h</t>
   </si>
   <si>
     <t>U/h</t>
   </si>
   <si>
     <t>ml/h</t>
   </si>
   <si>
     <t>Verdünnung Insulin</t>
   </si>
   <si>
     <t>10 U/ml</t>
   </si>
   <si>
+    <t xml:space="preserve">Neu ausdrücken bei: </t>
+  </si>
+  <si>
     <t>1. Änderung des aktuellen Gewichtes</t>
   </si>
   <si>
     <t>2. Reservoir- u. Nadelwechsel</t>
   </si>
   <si>
-    <r>
-[...20 lines deleted...]
-    </r>
+    <t>AUFPASSEN: die angezeigte Aktuelle Rate ist 10x höher als die effektive Rate !!</t>
   </si>
   <si>
-    <t xml:space="preserve">Neu ausdrucken bei: </t>
+    <t>Anzeige Insulinpumpe aktuelle Rate</t>
   </si>
   <si>
-    <r>
-[...48 lines deleted...]
-    </r>
+    <t>Doppelkontrolle !!</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="0.000"/>
     <numFmt numFmtId="165" formatCode="0.0000"/>
     <numFmt numFmtId="166" formatCode="0.00000"/>
   </numFmts>
-  <fonts count="23" x14ac:knownFonts="1">
+  <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="0" tint="-0.34998626667073579"/>
       <name val="Calibri"/>
@@ -392,136 +329,147 @@
       <name val="Arial Nova Light"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial Nova Light"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="2" tint="-9.9978637043366805E-2"/>
       <name val="Arial Nova Light"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Arial Nova Light"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial Nova Light"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="12"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial Nova Light"/>
+      <family val="2"/>
+    </font>
+    <font>
       <sz val="20"/>
       <color rgb="FFFF0000"/>
       <name val="Arial Nova Light"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color rgb="FFFF0000"/>
+      <sz val="20"/>
+      <color theme="1"/>
       <name val="Arial Nova Light"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Arial Nova Light"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="16"/>
+      <sz val="18"/>
+      <color theme="1"/>
+      <name val="Arial Nova Light"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="18"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <sz val="10"/>
+      <sz val="9"/>
       <color theme="1"/>
-      <name val="Arial Nova Light"/>
-[...4 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Arial Nova Light"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCECC"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="28">
+  <borders count="44">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
@@ -546,63 +494,50 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-[...11 lines deleted...]
-      <left/>
       <right/>
       <top style="medium">
         <color theme="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color theme="1"/>
       </right>
       <top style="medium">
         <color theme="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="1"/>
       </left>
       <right/>
       <top/>
       <bottom/>
@@ -665,98 +600,72 @@
       <left/>
       <right/>
       <top style="medium">
         <color theme="1"/>
       </top>
       <bottom style="medium">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color theme="1"/>
       </right>
       <top style="medium">
         <color theme="1"/>
       </top>
       <bottom style="medium">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-[...9 lines deleted...]
-      <left/>
       <right style="thin">
         <color theme="1"/>
       </right>
       <top style="medium">
         <color theme="1"/>
       </top>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="1"/>
       </left>
       <right style="medium">
         <color theme="1"/>
       </right>
       <top style="medium">
         <color theme="1"/>
       </top>
       <bottom style="medium">
-        <color theme="1"/>
-[...13 lines deleted...]
-      <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
@@ -790,205 +699,488 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="1"/>
+      </left>
+      <right style="thin">
+        <color theme="1"/>
+      </right>
+      <top style="medium">
+        <color theme="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="66">
+  <cellXfs count="77">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="4" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="10" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="164" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="10" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="164" fontId="4" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="20" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
-[...7 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="19" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="22" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle name="Normale" xfId="0" builtinId="0"/>
+    <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -1232,995 +1424,1038 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B1:L50"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView tabSelected="1" topLeftCell="B1" zoomScale="125" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="D13" sqref="D13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1" style="1" customWidth="1"/>
-    <col min="2" max="4" width="14.6640625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11" max="16384" width="8.83203125" style="1"/>
+    <col min="2" max="2" width="18.42578125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="14.28515625" style="1" customWidth="1"/>
+    <col min="4" max="4" width="14.85546875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="6.28515625" style="1" customWidth="1"/>
+    <col min="6" max="6" width="1.28515625" style="1" customWidth="1"/>
+    <col min="7" max="8" width="8.85546875" style="1" customWidth="1"/>
+    <col min="9" max="9" width="11.140625" style="1" customWidth="1"/>
+    <col min="10" max="10" width="8.85546875" style="1" customWidth="1"/>
+    <col min="11" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:12" ht="5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-      <c r="B2" s="22" t="s">
+    <row r="1" spans="2:12" ht="5.0999999999999996" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="2" spans="2:12" ht="32.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B2" s="35" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="36">
+        <v>650</v>
+      </c>
+      <c r="D2" s="23" t="s">
+        <v>1</v>
+      </c>
+      <c r="E2" s="16"/>
+      <c r="F2" s="3"/>
+      <c r="G2" s="46" t="s">
+        <v>2</v>
+      </c>
+      <c r="H2" s="44"/>
+      <c r="I2" s="47"/>
+    </row>
+    <row r="3" spans="2:12" s="2" customFormat="1" ht="23.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B3" s="43" t="s">
+        <v>3</v>
+      </c>
+      <c r="C3" s="44"/>
+      <c r="D3" s="44"/>
+      <c r="E3" s="45"/>
+      <c r="F3" s="4"/>
+      <c r="G3" s="48"/>
+      <c r="H3" s="49"/>
+      <c r="I3" s="50"/>
+      <c r="L3" s="5"/>
+    </row>
+    <row r="4" spans="2:12" ht="50.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B4" s="37" t="s">
+        <v>4</v>
+      </c>
+      <c r="C4" s="38" t="s">
         <v>16</v>
       </c>
-      <c r="C2" s="30">
-[...34 lines deleted...]
-        <v>4</v>
+      <c r="D4" s="39" t="s">
+        <v>5</v>
       </c>
       <c r="E4" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F4" s="3"/>
-      <c r="G4" s="42"/>
-[...7 lines deleted...]
-      <c r="C5" s="8" t="s">
+      <c r="G4" s="51"/>
+      <c r="H4" s="52"/>
+      <c r="I4" s="53"/>
+    </row>
+    <row r="5" spans="2:12" s="2" customFormat="1" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B5" s="40" t="s">
         <v>7</v>
       </c>
-      <c r="D5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="9" t="s">
+      <c r="C5" s="41" t="s">
         <v>8</v>
       </c>
+      <c r="D5" s="42" t="s">
+        <v>8</v>
+      </c>
+      <c r="E5" s="7" t="s">
+        <v>9</v>
+      </c>
       <c r="F5" s="4"/>
     </row>
-    <row r="6" spans="2:12" ht="25" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="10">
+    <row r="6" spans="2:12" ht="24.95" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B6" s="8">
         <f>10/$C$2*1000</f>
-        <v>18.315018315018317</v>
-[...3 lines deleted...]
-      <c r="E6" s="12">
+        <v>15.384615384615385</v>
+      </c>
+      <c r="C6" s="9"/>
+      <c r="D6" s="9"/>
+      <c r="E6" s="10">
         <v>100</v>
       </c>
       <c r="F6" s="3"/>
     </row>
-    <row r="7" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B7" s="13">
+    <row r="7" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="27">
         <f t="shared" ref="B7:B47" si="0">$E7*B$6</f>
-        <v>4.5787545787545798E-3</v>
-[...1 lines deleted...]
-      <c r="C7" s="20">
+        <v>3.8461538461538464E-3</v>
+      </c>
+      <c r="C7" s="28">
         <v>2.5000000000000001E-2</v>
       </c>
-      <c r="D7" s="24">
+      <c r="D7" s="29">
         <f t="shared" ref="D7:D47" si="1">C7/10</f>
         <v>2.5000000000000001E-3</v>
       </c>
-      <c r="E7" s="14">
+      <c r="E7" s="11">
         <f t="shared" ref="E7:E47" si="2">C7/E$6</f>
         <v>2.5000000000000001E-4</v>
       </c>
       <c r="F7" s="3"/>
-      <c r="G7" s="31"/>
-[...8 lines deleted...]
-      <c r="C8" s="20">
+      <c r="G7" s="21"/>
+      <c r="H7" s="22"/>
+      <c r="I7" s="22"/>
+    </row>
+    <row r="8" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B8" s="30">
+        <f t="shared" si="0"/>
+        <v>7.6923076923076927E-3</v>
+      </c>
+      <c r="C8" s="26">
         <v>0.05</v>
       </c>
-      <c r="D8" s="24">
+      <c r="D8" s="31">
         <f t="shared" si="1"/>
         <v>5.0000000000000001E-3</v>
       </c>
-      <c r="E8" s="14">
+      <c r="E8" s="11">
         <f t="shared" si="2"/>
         <v>5.0000000000000001E-4</v>
       </c>
       <c r="F8" s="3"/>
-      <c r="G8" s="55" t="s">
-[...10 lines deleted...]
-      <c r="C9" s="20">
+      <c r="G8" s="64" t="s">
+        <v>10</v>
+      </c>
+      <c r="H8" s="65"/>
+      <c r="I8" s="66"/>
+    </row>
+    <row r="9" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B9" s="30">
+        <f t="shared" si="0"/>
+        <v>1.1538461538461539E-2</v>
+      </c>
+      <c r="C9" s="26">
         <v>7.4999999999999997E-2</v>
       </c>
-      <c r="D9" s="24">
+      <c r="D9" s="31">
         <f t="shared" si="1"/>
         <v>7.4999999999999997E-3</v>
       </c>
-      <c r="E9" s="14">
+      <c r="E9" s="11">
         <f t="shared" si="2"/>
         <v>7.5000000000000002E-4</v>
       </c>
       <c r="F9" s="3"/>
-      <c r="G9" s="58"/>
-[...8 lines deleted...]
-      <c r="C10" s="20">
+      <c r="G9" s="67"/>
+      <c r="H9" s="68"/>
+      <c r="I9" s="69"/>
+    </row>
+    <row r="10" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B10" s="30">
+        <f t="shared" si="0"/>
+        <v>1.5384615384615385E-2</v>
+      </c>
+      <c r="C10" s="26">
         <v>0.1</v>
       </c>
-      <c r="D10" s="24">
+      <c r="D10" s="31">
         <f t="shared" si="1"/>
         <v>0.01</v>
       </c>
-      <c r="E10" s="14">
+      <c r="E10" s="11">
         <f t="shared" si="2"/>
         <v>1E-3</v>
       </c>
       <c r="F10" s="3"/>
-      <c r="G10" s="61" t="s">
+      <c r="G10" s="58" t="s">
+        <v>11</v>
+      </c>
+      <c r="H10" s="59"/>
+      <c r="I10" s="60"/>
+    </row>
+    <row r="11" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B11" s="30">
+        <f t="shared" si="0"/>
+        <v>1.9230769230769232E-2</v>
+      </c>
+      <c r="C11" s="26">
+        <v>0.125</v>
+      </c>
+      <c r="D11" s="31">
+        <f t="shared" si="1"/>
+        <v>1.2500000000000001E-2</v>
+      </c>
+      <c r="E11" s="11">
+        <f t="shared" si="2"/>
+        <v>1.25E-3</v>
+      </c>
+      <c r="F11" s="3"/>
+      <c r="G11" s="61"/>
+      <c r="H11" s="62"/>
+      <c r="I11" s="63"/>
+    </row>
+    <row r="12" spans="2:12" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="30">
+        <f t="shared" si="0"/>
+        <v>2.3076923076923078E-2</v>
+      </c>
+      <c r="C12" s="26">
+        <v>0.15</v>
+      </c>
+      <c r="D12" s="31">
+        <f t="shared" si="1"/>
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="E12" s="11">
+        <f t="shared" si="2"/>
+        <v>1.5E-3</v>
+      </c>
+      <c r="F12" s="3"/>
+      <c r="G12" s="17"/>
+      <c r="H12" s="17"/>
+      <c r="I12" s="17"/>
+    </row>
+    <row r="13" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B13" s="30">
+        <f t="shared" si="0"/>
+        <v>2.6923076923076921E-2</v>
+      </c>
+      <c r="C13" s="26">
+        <v>0.17499999999999999</v>
+      </c>
+      <c r="D13" s="31">
+        <f t="shared" si="1"/>
+        <v>1.7499999999999998E-2</v>
+      </c>
+      <c r="E13" s="11">
+        <f t="shared" si="2"/>
+        <v>1.7499999999999998E-3</v>
+      </c>
+      <c r="F13" s="12"/>
+      <c r="G13" s="17"/>
+      <c r="H13" s="17"/>
+      <c r="I13" s="17"/>
+    </row>
+    <row r="14" spans="2:12" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="30">
+        <f t="shared" si="0"/>
+        <v>3.0769230769230771E-2</v>
+      </c>
+      <c r="C14" s="26">
+        <v>0.2</v>
+      </c>
+      <c r="D14" s="31">
+        <f t="shared" si="1"/>
+        <v>0.02</v>
+      </c>
+      <c r="E14" s="11">
+        <f t="shared" si="2"/>
+        <v>2E-3</v>
+      </c>
+      <c r="F14" s="3"/>
+      <c r="G14" s="55" t="s">
+        <v>12</v>
+      </c>
+      <c r="H14" s="56"/>
+      <c r="I14" s="57"/>
+    </row>
+    <row r="15" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B15" s="30">
+        <f t="shared" si="0"/>
+        <v>3.4615384615384617E-2</v>
+      </c>
+      <c r="C15" s="26">
+        <v>0.22500000000000001</v>
+      </c>
+      <c r="D15" s="31">
+        <f t="shared" si="1"/>
+        <v>2.2499999999999999E-2</v>
+      </c>
+      <c r="E15" s="11">
+        <f t="shared" si="2"/>
+        <v>2.2500000000000003E-3</v>
+      </c>
+      <c r="F15" s="3"/>
+      <c r="G15" s="70" t="s">
+        <v>13</v>
+      </c>
+      <c r="H15" s="24"/>
+      <c r="I15" s="18"/>
+    </row>
+    <row r="16" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B16" s="30">
+        <f t="shared" si="0"/>
+        <v>3.8461538461538464E-2</v>
+      </c>
+      <c r="C16" s="26">
+        <v>0.25</v>
+      </c>
+      <c r="D16" s="31">
+        <f t="shared" si="1"/>
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="E16" s="11">
+        <f t="shared" si="2"/>
+        <v>2.5000000000000001E-3</v>
+      </c>
+      <c r="F16" s="3"/>
+      <c r="G16" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="H16" s="25"/>
+      <c r="I16" s="20"/>
+    </row>
+    <row r="17" spans="2:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B17" s="30">
+        <f t="shared" si="0"/>
+        <v>4.230769230769231E-2</v>
+      </c>
+      <c r="C17" s="26">
+        <v>0.27500000000000002</v>
+      </c>
+      <c r="D17" s="31">
+        <f t="shared" si="1"/>
+        <v>2.7500000000000004E-2</v>
+      </c>
+      <c r="E17" s="11">
+        <f t="shared" si="2"/>
+        <v>2.7500000000000003E-3</v>
+      </c>
+      <c r="F17" s="3"/>
+    </row>
+    <row r="18" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B18" s="30">
+        <f t="shared" si="0"/>
+        <v>4.6153846153846156E-2</v>
+      </c>
+      <c r="C18" s="26">
+        <v>0.3</v>
+      </c>
+      <c r="D18" s="31">
+        <f t="shared" si="1"/>
+        <v>0.03</v>
+      </c>
+      <c r="E18" s="11">
+        <f t="shared" si="2"/>
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="F18" s="3"/>
+      <c r="G18" s="71" t="s">
+        <v>17</v>
+      </c>
+      <c r="H18" s="72"/>
+      <c r="I18" s="73"/>
+    </row>
+    <row r="19" spans="2:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B19" s="30">
+        <f t="shared" si="0"/>
+        <v>0.05</v>
+      </c>
+      <c r="C19" s="26">
+        <v>0.32500000000000001</v>
+      </c>
+      <c r="D19" s="31">
+        <f t="shared" si="1"/>
+        <v>3.2500000000000001E-2</v>
+      </c>
+      <c r="E19" s="11">
+        <f t="shared" si="2"/>
+        <v>3.2500000000000003E-3</v>
+      </c>
+      <c r="F19" s="3"/>
+      <c r="G19" s="74"/>
+      <c r="H19" s="75"/>
+      <c r="I19" s="76"/>
+    </row>
+    <row r="20" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B20" s="30">
+        <f t="shared" si="0"/>
+        <v>5.3846153846153842E-2</v>
+      </c>
+      <c r="C20" s="26">
+        <v>0.35</v>
+      </c>
+      <c r="D20" s="31">
+        <f t="shared" si="1"/>
+        <v>3.4999999999999996E-2</v>
+      </c>
+      <c r="E20" s="11">
+        <f t="shared" si="2"/>
+        <v>3.4999999999999996E-3</v>
+      </c>
+      <c r="F20" s="3"/>
+    </row>
+    <row r="21" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B21" s="30">
+        <f t="shared" si="0"/>
+        <v>5.7692307692307689E-2</v>
+      </c>
+      <c r="C21" s="26">
+        <v>0.375</v>
+      </c>
+      <c r="D21" s="31">
+        <f t="shared" si="1"/>
+        <v>3.7499999999999999E-2</v>
+      </c>
+      <c r="E21" s="11">
+        <f t="shared" si="2"/>
+        <v>3.7499999999999999E-3</v>
+      </c>
+      <c r="F21" s="3"/>
+    </row>
+    <row r="22" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B22" s="30">
+        <f t="shared" si="0"/>
+        <v>6.1538461538461542E-2</v>
+      </c>
+      <c r="C22" s="26">
+        <v>0.4</v>
+      </c>
+      <c r="D22" s="31">
+        <f t="shared" si="1"/>
+        <v>0.04</v>
+      </c>
+      <c r="E22" s="11">
+        <f t="shared" si="2"/>
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="F22" s="3"/>
+    </row>
+    <row r="23" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B23" s="30">
+        <f t="shared" si="0"/>
+        <v>6.5384615384615388E-2</v>
+      </c>
+      <c r="C23" s="26">
+        <v>0.42499999999999999</v>
+      </c>
+      <c r="D23" s="31">
+        <f t="shared" si="1"/>
+        <v>4.2499999999999996E-2</v>
+      </c>
+      <c r="E23" s="11">
+        <f t="shared" si="2"/>
+        <v>4.2500000000000003E-3</v>
+      </c>
+      <c r="F23" s="3"/>
+    </row>
+    <row r="24" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B24" s="30">
+        <f t="shared" si="0"/>
+        <v>6.9230769230769235E-2</v>
+      </c>
+      <c r="C24" s="26">
+        <v>0.45</v>
+      </c>
+      <c r="D24" s="31">
+        <f t="shared" si="1"/>
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="E24" s="11">
+        <f t="shared" si="2"/>
+        <v>4.5000000000000005E-3</v>
+      </c>
+      <c r="F24" s="3"/>
+    </row>
+    <row r="25" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B25" s="30">
+        <f t="shared" si="0"/>
+        <v>7.6923076923076927E-2</v>
+      </c>
+      <c r="C25" s="26">
+        <v>0.5</v>
+      </c>
+      <c r="D25" s="31">
+        <f t="shared" si="1"/>
+        <v>0.05</v>
+      </c>
+      <c r="E25" s="11">
+        <f t="shared" si="2"/>
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="F25" s="3"/>
+    </row>
+    <row r="26" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B26" s="30">
+        <f t="shared" si="0"/>
+        <v>9.2307692307692313E-2</v>
+      </c>
+      <c r="C26" s="26">
+        <v>0.6</v>
+      </c>
+      <c r="D26" s="31">
+        <f t="shared" si="1"/>
+        <v>0.06</v>
+      </c>
+      <c r="E26" s="11">
+        <f t="shared" si="2"/>
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="F26" s="3"/>
+    </row>
+    <row r="27" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B27" s="30">
+        <f t="shared" si="0"/>
+        <v>0.10769230769230768</v>
+      </c>
+      <c r="C27" s="26">
+        <v>0.7</v>
+      </c>
+      <c r="D27" s="31">
+        <f t="shared" si="1"/>
+        <v>6.9999999999999993E-2</v>
+      </c>
+      <c r="E27" s="11">
+        <f t="shared" si="2"/>
+        <v>6.9999999999999993E-3</v>
+      </c>
+      <c r="F27" s="3"/>
+    </row>
+    <row r="28" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B28" s="30">
+        <f t="shared" si="0"/>
+        <v>0.12307692307692308</v>
+      </c>
+      <c r="C28" s="26">
+        <v>0.8</v>
+      </c>
+      <c r="D28" s="31">
+        <f t="shared" si="1"/>
+        <v>0.08</v>
+      </c>
+      <c r="E28" s="11">
+        <f t="shared" si="2"/>
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="F28" s="3"/>
+    </row>
+    <row r="29" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B29" s="30">
+        <f t="shared" si="0"/>
+        <v>0.13846153846153847</v>
+      </c>
+      <c r="C29" s="26">
+        <v>0.9</v>
+      </c>
+      <c r="D29" s="31">
+        <f t="shared" si="1"/>
+        <v>0.09</v>
+      </c>
+      <c r="E29" s="11">
+        <f t="shared" si="2"/>
+        <v>9.0000000000000011E-3</v>
+      </c>
+      <c r="F29" s="3"/>
+    </row>
+    <row r="30" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B30" s="30">
+        <f t="shared" si="0"/>
+        <v>0.15384615384615385</v>
+      </c>
+      <c r="C30" s="26">
+        <v>1</v>
+      </c>
+      <c r="D30" s="31">
+        <f t="shared" si="1"/>
+        <v>0.1</v>
+      </c>
+      <c r="E30" s="11">
+        <f t="shared" si="2"/>
+        <v>0.01</v>
+      </c>
+      <c r="F30" s="3"/>
+    </row>
+    <row r="31" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B31" s="30">
+        <f t="shared" si="0"/>
+        <v>0.18461538461538463</v>
+      </c>
+      <c r="C31" s="26">
+        <v>1.2</v>
+      </c>
+      <c r="D31" s="31">
+        <f t="shared" si="1"/>
+        <v>0.12</v>
+      </c>
+      <c r="E31" s="11">
+        <f t="shared" si="2"/>
+        <v>1.2E-2</v>
+      </c>
+      <c r="F31" s="3"/>
+    </row>
+    <row r="32" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B32" s="30">
+        <f t="shared" si="0"/>
+        <v>0.21538461538461537</v>
+      </c>
+      <c r="C32" s="26">
+        <v>1.4</v>
+      </c>
+      <c r="D32" s="31">
+        <f t="shared" si="1"/>
+        <v>0.13999999999999999</v>
+      </c>
+      <c r="E32" s="11">
+        <f t="shared" si="2"/>
+        <v>1.3999999999999999E-2</v>
+      </c>
+      <c r="F32" s="3"/>
+    </row>
+    <row r="33" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B33" s="30">
+        <f t="shared" si="0"/>
+        <v>0.24615384615384617</v>
+      </c>
+      <c r="C33" s="26">
+        <v>1.6</v>
+      </c>
+      <c r="D33" s="31">
+        <f t="shared" si="1"/>
+        <v>0.16</v>
+      </c>
+      <c r="E33" s="11">
+        <f t="shared" si="2"/>
+        <v>1.6E-2</v>
+      </c>
+      <c r="F33" s="3"/>
+    </row>
+    <row r="34" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B34" s="30">
+        <f t="shared" si="0"/>
+        <v>0.27692307692307694</v>
+      </c>
+      <c r="C34" s="26">
+        <v>1.8</v>
+      </c>
+      <c r="D34" s="31">
+        <f t="shared" si="1"/>
+        <v>0.18</v>
+      </c>
+      <c r="E34" s="11">
+        <f t="shared" si="2"/>
+        <v>1.8000000000000002E-2</v>
+      </c>
+      <c r="F34" s="3"/>
+    </row>
+    <row r="35" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B35" s="30">
+        <f t="shared" si="0"/>
+        <v>0.30769230769230771</v>
+      </c>
+      <c r="C35" s="26">
+        <v>2</v>
+      </c>
+      <c r="D35" s="31">
+        <f t="shared" si="1"/>
+        <v>0.2</v>
+      </c>
+      <c r="E35" s="11">
+        <f t="shared" si="2"/>
+        <v>0.02</v>
+      </c>
+      <c r="F35" s="3"/>
+    </row>
+    <row r="36" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B36" s="30">
+        <f t="shared" si="0"/>
+        <v>0.38461538461538464</v>
+      </c>
+      <c r="C36" s="26">
+        <v>2.5</v>
+      </c>
+      <c r="D36" s="31">
+        <f t="shared" si="1"/>
+        <v>0.25</v>
+      </c>
+      <c r="E36" s="11">
+        <f t="shared" si="2"/>
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="F36" s="3"/>
+    </row>
+    <row r="37" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B37" s="30">
+        <f t="shared" si="0"/>
+        <v>0.46153846153846151</v>
+      </c>
+      <c r="C37" s="26">
+        <v>3</v>
+      </c>
+      <c r="D37" s="31">
+        <f t="shared" si="1"/>
+        <v>0.3</v>
+      </c>
+      <c r="E37" s="11">
+        <f t="shared" si="2"/>
+        <v>0.03</v>
+      </c>
+      <c r="F37" s="3"/>
+    </row>
+    <row r="38" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B38" s="30">
+        <f t="shared" si="0"/>
+        <v>0.53846153846153855</v>
+      </c>
+      <c r="C38" s="26">
+        <v>3.5</v>
+      </c>
+      <c r="D38" s="31">
+        <f t="shared" si="1"/>
+        <v>0.35</v>
+      </c>
+      <c r="E38" s="11">
+        <f t="shared" si="2"/>
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="F38" s="3"/>
+    </row>
+    <row r="39" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B39" s="30">
+        <f t="shared" si="0"/>
+        <v>0.61538461538461542</v>
+      </c>
+      <c r="C39" s="26">
+        <v>4</v>
+      </c>
+      <c r="D39" s="31">
+        <f t="shared" si="1"/>
+        <v>0.4</v>
+      </c>
+      <c r="E39" s="11">
+        <f t="shared" si="2"/>
+        <v>0.04</v>
+      </c>
+      <c r="F39" s="3"/>
+    </row>
+    <row r="40" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B40" s="30">
+        <f t="shared" si="0"/>
+        <v>0.69230769230769229</v>
+      </c>
+      <c r="C40" s="26">
+        <v>4.5</v>
+      </c>
+      <c r="D40" s="31">
+        <f t="shared" si="1"/>
+        <v>0.45</v>
+      </c>
+      <c r="E40" s="11">
+        <f t="shared" si="2"/>
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="F40" s="3"/>
+    </row>
+    <row r="41" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B41" s="30">
+        <f t="shared" si="0"/>
+        <v>0.76923076923076927</v>
+      </c>
+      <c r="C41" s="26">
+        <v>5</v>
+      </c>
+      <c r="D41" s="31">
+        <f t="shared" si="1"/>
+        <v>0.5</v>
+      </c>
+      <c r="E41" s="11">
+        <f t="shared" si="2"/>
+        <v>0.05</v>
+      </c>
+      <c r="F41" s="3"/>
+    </row>
+    <row r="42" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B42" s="30">
+        <f t="shared" si="0"/>
+        <v>0.84615384615384615</v>
+      </c>
+      <c r="C42" s="26">
+        <v>5.5</v>
+      </c>
+      <c r="D42" s="31">
+        <f t="shared" si="1"/>
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="E42" s="11">
+        <f t="shared" si="2"/>
+        <v>5.5E-2</v>
+      </c>
+      <c r="F42" s="3"/>
+    </row>
+    <row r="43" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B43" s="30">
+        <f t="shared" si="0"/>
+        <v>0.92307692307692302</v>
+      </c>
+      <c r="C43" s="26">
+        <v>6</v>
+      </c>
+      <c r="D43" s="31">
+        <f t="shared" si="1"/>
+        <v>0.6</v>
+      </c>
+      <c r="E43" s="11">
+        <f t="shared" si="2"/>
+        <v>0.06</v>
+      </c>
+      <c r="F43" s="3"/>
+    </row>
+    <row r="44" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B44" s="30">
+        <f t="shared" si="0"/>
+        <v>1.2307692307692308</v>
+      </c>
+      <c r="C44" s="26">
+        <v>8</v>
+      </c>
+      <c r="D44" s="31">
+        <f t="shared" si="1"/>
+        <v>0.8</v>
+      </c>
+      <c r="E44" s="11">
+        <f t="shared" si="2"/>
+        <v>0.08</v>
+      </c>
+      <c r="F44" s="3"/>
+    </row>
+    <row r="45" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B45" s="30">
+        <f t="shared" si="0"/>
+        <v>1.5384615384615385</v>
+      </c>
+      <c r="C45" s="26">
         <v>10</v>
       </c>
-      <c r="H10" s="59"/>
-[...128 lines deleted...]
-      <c r="G16" s="28" t="s">
+      <c r="D45" s="31">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="E45" s="11">
+        <f t="shared" si="2"/>
+        <v>0.1</v>
+      </c>
+      <c r="F45" s="3"/>
+    </row>
+    <row r="46" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B46" s="30">
+        <f t="shared" si="0"/>
+        <v>1.846153846153846</v>
+      </c>
+      <c r="C46" s="26">
         <v>12</v>
       </c>
-      <c r="H16" s="35"/>
-[...259 lines deleted...]
-      <c r="C31" s="20">
+      <c r="D46" s="31">
+        <f t="shared" si="1"/>
         <v>1.2</v>
       </c>
-      <c r="D31" s="24">
-        <f t="shared" si="1"/>
+      <c r="E46" s="11">
+        <f t="shared" si="2"/>
         <v>0.12</v>
       </c>
-      <c r="E31" s="14">
-[...28 lines deleted...]
-      <c r="C33" s="20">
+      <c r="F46" s="3"/>
+    </row>
+    <row r="47" spans="2:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B47" s="32">
+        <f t="shared" si="0"/>
+        <v>2.4615384615384617</v>
+      </c>
+      <c r="C47" s="33">
+        <v>16</v>
+      </c>
+      <c r="D47" s="34">
+        <f t="shared" si="1"/>
         <v>1.6</v>
       </c>
-      <c r="D33" s="24">
-        <f t="shared" si="1"/>
+      <c r="E47" s="13">
+        <f t="shared" si="2"/>
         <v>0.16</v>
       </c>
-      <c r="E33" s="14">
-[...254 lines deleted...]
-      </c>
       <c r="F47" s="3"/>
     </row>
-    <row r="48" spans="2:6" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...25 lines deleted...]
-      <c r="I50" s="44"/>
+    <row r="48" spans="2:6" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B48" s="14"/>
+      <c r="C48" s="14"/>
+      <c r="D48" s="14"/>
+      <c r="E48" s="15"/>
+    </row>
+    <row r="49" spans="2:9" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B49" s="54" t="s">
+        <v>15</v>
+      </c>
+      <c r="C49" s="44"/>
+      <c r="D49" s="44"/>
+      <c r="E49" s="44"/>
+      <c r="F49" s="44"/>
+      <c r="G49" s="44"/>
+      <c r="H49" s="44"/>
+      <c r="I49" s="47"/>
+    </row>
+    <row r="50" spans="2:9" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B50" s="51"/>
+      <c r="C50" s="52"/>
+      <c r="D50" s="52"/>
+      <c r="E50" s="52"/>
+      <c r="F50" s="52"/>
+      <c r="G50" s="52"/>
+      <c r="H50" s="52"/>
+      <c r="I50" s="53"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="TY5/+09wXFMd11ncT5+ITaJPfaIPplrPRDueb3eWyblpcHEePd7r//5NKqZTYLMfZNJqF9J3MnGs2BrC1nbq2Q==" saltValue="DHFTyYdMXxHr3dweP4O80w==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-  <mergeCells count="6">
+  <sheetProtection algorithmName="SHA-512" hashValue="18BQ0i6fbOLb7NMKATNfPzWTDlEJTvrLrbJ36bNSJSfiISL9WqACO884n+qYdwYBtnEL2n/rDz42CbCKvajw/g==" saltValue="7fUqn/hNZBRcHfhn8qEW3A==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="7">
+    <mergeCell ref="B3:E3"/>
+    <mergeCell ref="G2:I4"/>
     <mergeCell ref="B49:I50"/>
-    <mergeCell ref="G2:I4"/>
-    <mergeCell ref="B3:E3"/>
+    <mergeCell ref="G18:I19"/>
     <mergeCell ref="G14:I14"/>
+    <mergeCell ref="G10:I11"/>
     <mergeCell ref="G8:I9"/>
-    <mergeCell ref="G10:I11"/>
   </mergeCells>
   <conditionalFormatting sqref="B7:B47">
     <cfRule type="colorScale" priority="1">
       <colorScale>
         <cfvo type="num" val="5.0000000000000001E-3"/>
         <cfvo type="num" val="0.02"/>
         <cfvo type="num" val="0.5"/>
         <color rgb="FFFF0000"/>
         <color rgb="FF40E066"/>
         <color rgb="FFFF0000"/>
       </colorScale>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Intern</oddFooter>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Application>Microsoft Macintosh Excel</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Fogli di lavoro</vt:lpstr>
+        <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Intervalli denominati</vt:lpstr>
+        <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Feuil1</vt:lpstr>
-      <vt:lpstr>Feuil1!Area_stampa</vt:lpstr>
+      <vt:lpstr>Feuil1!Druckbereich</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Andrea Becocci</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_a9862153-2228-491a-9337-4a0ed666401f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_a9862153-2228-491a-9337-4a0ed666401f_SetDate">
+    <vt:lpwstr>2026-01-08T13:42:20Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_a9862153-2228-491a-9337-4a0ed666401f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_a9862153-2228-491a-9337-4a0ed666401f_Name">
+    <vt:lpwstr>Internal</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_a9862153-2228-491a-9337-4a0ed666401f_SiteId">
+    <vt:lpwstr>6598cf52-af54-44c6-a143-7780accf71b4</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_a9862153-2228-491a-9337-4a0ed666401f_ActionId">
+    <vt:lpwstr>47187fb7-f0ed-47b1-bd5b-f54bded6719f</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_a9862153-2228-491a-9337-4a0ed666401f_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_a9862153-2228-491a-9337-4a0ed666401f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>